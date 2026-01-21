--- v0 (2025-11-21)
+++ v1 (2026-01-21)
@@ -157,72 +157,72 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Officine UBU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>September Film Distribution</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Отчуждение</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Na distanci</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Вчитель на замiну</t>
   </si>
   <si>
     <t>El profesor</t>
   </si>
   <si>
     <t>AU,CA,DE,FR,GB,HK,JP,KR,NL,SE,SG,US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Отчуждение</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Substituto</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Détachement</t>
   </si>
   <si>
     <t>El profesor (Detachment)</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Na zamjeni</t>
   </si>
   <si>
     <t>Μαθήματα ζωής</t>
   </si>
@@ -1091,68 +1091,68 @@
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>49</v>
       </c>
       <c r="B3" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
@@ -1209,75 +1209,75 @@
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>77</v>
       </c>
       <c r="B20" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>79</v>
       </c>
       <c r="B21" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>82</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>66</v>
       </c>
       <c r="B24" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>