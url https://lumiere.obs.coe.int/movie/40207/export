--- v0 (2025-11-20)
+++ v1 (2025-12-30)
@@ -280,129 +280,129 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK,HK</t>
+  </si>
+  <si>
+    <t>La Caza de Thomas Vinterberg</t>
+  </si>
+  <si>
+    <t>Medības</t>
+  </si>
+  <si>
+    <t>Medžiokle</t>
+  </si>
+  <si>
+    <t>Onur Savasi</t>
+  </si>
+  <si>
+    <t>Vanatoarea</t>
+  </si>
+  <si>
+    <t>Vânatoarea</t>
+  </si>
+  <si>
+    <t>Jaht</t>
+  </si>
+  <si>
+    <t>AR,CL,CO</t>
+  </si>
+  <si>
+    <t>La cacería</t>
+  </si>
+  <si>
+    <t>Ловът</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Caça</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IE,NL,SG,US</t>
+  </si>
+  <si>
+    <t>The Hunt</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La chasse</t>
+  </si>
+  <si>
+    <t>CZ,SK</t>
+  </si>
+  <si>
+    <t>Hon</t>
+  </si>
+  <si>
+    <t>Die Jagd</t>
+  </si>
+  <si>
+    <t>La caça</t>
+  </si>
+  <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>La caza</t>
   </si>
   <si>
     <t>FI,NO,SE</t>
   </si>
   <si>
     <t>Jakten</t>
   </si>
   <si>
     <t>Jahti</t>
   </si>
   <si>
     <t>To kynigi</t>
-  </si>
-[...61 lines deleted...]
-    <t>La caça</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Lov</t>
   </si>
   <si>
     <t>A vadászat</t>
   </si>
   <si>
     <t>Il sospetto</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>偽りなき者</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>더 헌트</t>
   </si>
@@ -2070,191 +2070,191 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>88</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>90</v>
-      </c>
-[...9 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>92</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
       <c r="B8" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="B10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
         <v>98</v>
-      </c>
-[...3 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>107</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>109</v>
       </c>
       <c r="B18" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>111</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B21" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>115</v>
       </c>
       <c r="B22" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>63</v>
       </c>
       <c r="B23" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>65</v>
       </c>