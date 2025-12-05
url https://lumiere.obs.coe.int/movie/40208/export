--- v0 (2025-11-14)
+++ v1 (2025-12-05)
@@ -211,108 +211,108 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Bontonfilm/Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Krijumčarenje</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,ES,GB,IT,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Contrabanda</t>
+  </si>
+  <si>
+    <t>BG,RU,UA</t>
+  </si>
+  <si>
+    <t>Контрабанда</t>
+  </si>
+  <si>
+    <t>BR,MX,PT</t>
+  </si>
+  <si>
+    <t>Contrabando</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Contrebande</t>
+  </si>
+  <si>
+    <t>Kontraband</t>
+  </si>
+  <si>
+    <t>Contraband - Gefährliche Fracht</t>
+  </si>
+  <si>
+    <t>Salakaup</t>
+  </si>
+  <si>
+    <t>Salakuljettaja</t>
+  </si>
+  <si>
+    <t>Untitled Reykjavik-Rotterdam Remake</t>
+  </si>
+  <si>
+    <t>To teliko htypima</t>
+  </si>
+  <si>
     <t>Krijumčari</t>
   </si>
   <si>
     <t>Csempészek</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Hard Rush</t>
-  </si>
-[...46 lines deleted...]
-    <t>To teliko htypima</t>
   </si>
   <si>
     <t>ハード・ラッシュ</t>
   </si>
   <si>
     <t>LT,LV,PL</t>
   </si>
   <si>
     <t>Kontrabanda</t>
   </si>
   <si>
     <t>Contrabandă</t>
   </si>
   <si>
     <t>Кријумчарење</t>
   </si>
   <si>
     <t>Tihotapci</t>
   </si>
   <si>
     <t>Son Vurgun</t>
   </si>
   <si>
     <t>CN</t>
   </si>
@@ -1385,192 +1385,192 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>71</v>
       </c>
       <c r="B6" t="s">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>73</v>
+      </c>
       <c r="B7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>86</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B20" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>62</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>92</v>
       </c>