--- v0 (2025-11-21)
+++ v1 (2026-01-23)
@@ -133,54 +133,54 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Mars Films</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Nosotros y yo</t>
+  </si>
+  <si>
     <t>FR,GB,US</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nosotros y yo</t>
   </si>
   <si>
     <t>Nosotros y yo - The We and the I</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Buli a buszon</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ウィ・アンド・アイ</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>To my, a to ja</t>
   </si>
   <si>
     <t>A Malta e Eu</t>
   </si>
@@ -862,62 +862,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>44</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>