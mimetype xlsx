--- v0 (2025-12-10)
+++ v1 (2026-01-19)
@@ -163,99 +163,99 @@
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Top Film</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kino Swiat</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Højt spil</t>
+  </si>
+  <si>
     <t>US</t>
   </si>
   <si>
     <t>Bahse Var misin?</t>
   </si>
   <si>
     <t>Statyk už megstamiausią</t>
   </si>
   <si>
     <t>Stauyk už mėgstamiausią</t>
   </si>
   <si>
     <t>Zadze i pieniadze</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Zonja Vegas</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Doble o nada</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Dobro ou Nada</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Lady Vegas - Les mémoires d'une joueuse</t>
   </si>
   <si>
     <t>DE,FR,MX</t>
   </si>
   <si>
     <t>Lady Vegas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Højt spil</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Panus favoriidile!</t>
   </si>
   <si>
     <t>Doble o nada (Lay the Favorite)</t>
   </si>
   <si>
     <t>Lady Vegas - Les Mémoires d'une joueuse</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Lay the Favourite</t>
   </si>
   <si>
     <t>Korona grammata</t>
   </si>
   <si>
     <t>In amore si vince</t>
   </si>
@@ -1074,82 +1074,82 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>41</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>56</v>
       </c>
       <c r="B8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>58</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>60</v>
       </c>