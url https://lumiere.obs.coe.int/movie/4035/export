--- v0 (2025-12-01)
+++ v1 (2026-02-01)
@@ -220,222 +220,222 @@
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>A Birodalom visszavág</t>
+  </si>
+  <si>
+    <t>Das Imperium schlägt zurück</t>
+  </si>
+  <si>
+    <t>De tegenaanval van het rijk</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>El imperio contra ataca</t>
+  </si>
+  <si>
+    <t>El imperio contraataca</t>
+  </si>
+  <si>
+    <t>Guerre stellari - L'Impero colpisce ancora</t>
+  </si>
+  <si>
+    <t>Gwiezdne wojny: Część V - Imperium kontratakuje</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>Ha-Emperia Maka Shenit</t>
+  </si>
+  <si>
+    <t>Hviezdne vojny 5: Impérium vracia úder</t>
+  </si>
+  <si>
+    <t>Imperiet slår igen</t>
+  </si>
+  <si>
+    <t>Imperiet slår tilbake</t>
+  </si>
+  <si>
+    <t>Imperiumin vastaisku</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La guerrre des étoiles V: L'empire contre-attaque</t>
+  </si>
+  <si>
+    <t>L'empire contre-attaque</t>
+  </si>
+  <si>
+    <t>L'Impero colpisce ancora</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Império Contra-Ataca</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
+    <t>Ratovi zvezda - Imperija uzvraca udarac</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Ratovi zvijezda V: Imperij uzvraća udarac</t>
+  </si>
+  <si>
+    <t>Razboiul stelelor - Imperiul contraataca</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Rymdimperiet slår tillbaka</t>
+  </si>
+  <si>
+    <t>Star Wars: Episode V - Das Imperium schlägt zurück</t>
+  </si>
+  <si>
+    <t>Star Wars: Episode V - Imperiet slår tilbake</t>
+  </si>
+  <si>
+    <t>AR,MX,PE</t>
+  </si>
+  <si>
+    <t>Star Wars: Episodio V - El imperio contraataca</t>
+  </si>
+  <si>
+    <t>Star Wars: Episodio V - El Imperio contraataca</t>
+  </si>
+  <si>
+    <t>Star Wars: Episodio V - L'Impero colpisce ancora</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Star Wars: Episódio V - O Império Contra-Ataca</t>
+  </si>
+  <si>
+    <t>Star Wars: Episodi V - Imperiumin vastaisku</t>
+  </si>
+  <si>
+    <t>Star wars: Epizóda V - impérium vracia úder</t>
+  </si>
+  <si>
+    <t>Star Wars: Epizoda V - Impérium vrací úder</t>
+  </si>
+  <si>
+    <t>Star Wars: Imperiumin vastaisku</t>
+  </si>
+  <si>
+    <t>Star wars: Osa V - Impeeriumi vastulöök</t>
+  </si>
+  <si>
+    <t>Star Wars Special Edition - Das Imperium schlägt ...</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>Star Wars: The Empire Strikes Back</t>
+  </si>
+  <si>
+    <t>Star Wars V - L'Impero colpisce ancora</t>
+  </si>
+  <si>
+    <t>Star Wars V: The Empire Strikes Back</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Sutâ wôzu episoddo 5: Teikoku no gyakushû</t>
+  </si>
+  <si>
+    <t>Tähtede sõda: Impeeriumi vastulöök</t>
+  </si>
+  <si>
+    <t>The Empire Strikes Back</t>
+  </si>
+  <si>
+    <t>The Empire Strikes Back: StarWars II</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Vojna zvezd: epizoda V - Imperij vrača udarec</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Yildiz Savaslari: Bölüm V - Imparator</t>
+  </si>
+  <si>
+    <t>Yildiz Savaslari: Imparator</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Žvaigždžiu karai. Imperija kontratakuoja</t>
+  </si>
+  <si>
     <t>Zvezdani ratovi: Imperija uzvraća udarac</t>
-  </si>
-[...166 lines deleted...]
-    <t>Žvaigždžiu karai. Imperija kontratakuoja</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Η αυτοκρατορία αντεπιτίθεται</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Зорянi вiйни: Епiзод 5 - Iмперiя наносить удар у вiдповiдь</t>
   </si>
   <si>
     <t>Междузвездни войни: Епизод V - Империята отвръща на удара</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Звёздные войны. Эпизод 5: Империя наносит ответный удар</t>
   </si>
 </sst>
 </file>
 
@@ -1754,388 +1754,388 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="59.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
         <v>70</v>
-      </c>
-[...3 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>73</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
         <v>74</v>
-      </c>
-[...3 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" t="s">
         <v>84</v>
       </c>
-      <c r="B16" t="s">
+    </row>
+    <row r="17" spans="1:2">
+      <c r="B17" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="17" spans="1:2">
-[...3 lines deleted...]
-      <c r="B17" t="s">
+    <row r="18" spans="1:2">
+      <c r="A18" t="s">
         <v>86</v>
       </c>
-    </row>
-    <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>88</v>
       </c>
       <c r="B19" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="B20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="B24" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="B28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:2">
-      <c r="A30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:2">
+      <c r="A31" t="s">
+        <v>40</v>
+      </c>
       <c r="B31" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B32" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B33" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="34" spans="1:2">
-      <c r="A34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B34" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="35" spans="1:2">
+      <c r="A35" t="s">
+        <v>109</v>
+      </c>
       <c r="B35" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>110</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>6</v>
+        <v>113</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="B39" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="B40" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>6</v>
+        <v>118</v>
       </c>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B44" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="B46" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>126</v>
       </c>
       <c r="B47" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>128</v>
       </c>
       <c r="B48" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>38</v>
       </c>