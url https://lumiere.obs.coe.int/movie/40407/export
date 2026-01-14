--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -124,93 +124,93 @@
   <si>
     <t>Unzero Films</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Lucky Shamrock</t>
   </si>
   <si>
     <t>WFDiF</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Tren de noche</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Nattexpressen</t>
+  </si>
+  <si>
+    <t>Yöjuna</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Tren nocturno</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>В нощния влак</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Trem Noturno</t>
   </si>
   <si>
     <t>CA,GB</t>
   </si>
   <si>
     <t>Night Train</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Nattoget</t>
-  </si>
-[...13 lines deleted...]
-    <t>Yöjuna</t>
   </si>
   <si>
     <t>Train de nuit</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Nyhterino treno</t>
   </si>
   <si>
     <t>To traino tis nyhtas</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az éjszakai vonat</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il treno della notte</t>
   </si>
@@ -883,115 +883,115 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>52</v>
       </c>