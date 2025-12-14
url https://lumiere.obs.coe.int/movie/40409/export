--- v0 (2025-11-21)
+++ v1 (2025-12-14)
@@ -106,63 +106,63 @@
   <si>
     <t>Total since 2012</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Frenetic Films</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Swashbuckler Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB,SE,US</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Atac</t>
+  </si>
+  <si>
     <t>BE</t>
   </si>
   <si>
     <t>Aanval!</t>
-  </si>
-[...7 lines deleted...]
-    <t>Atac</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Ardennen 1944</t>
   </si>
   <si>
     <t>BE,FR</t>
   </si>
   <si>
     <t>Attaque</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Ataka</t>
   </si>
   <si>
     <t>Атака</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -834,59 +834,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
@@ -1015,51 +1015,51 @@
       <c r="A22" t="s">
         <v>64</v>
       </c>
       <c r="B22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>64</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>67</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>70</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>72</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>6</v>
       </c>