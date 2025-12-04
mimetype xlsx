--- v0 (2025-11-14)
+++ v1 (2025-12-04)
@@ -115,50 +115,56 @@
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>BFI</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Piove sempre la domenica</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Es geschah an einem Sonntag</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Sempre Chove aos Domingos</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Die Flucht vor Scotland Yard</t>
   </si>
   <si>
     <t>Whitechapel</t>
   </si>
   <si>
     <t>DK</t>
@@ -167,56 +173,50 @@
     <t>Skyggen fra fortiden</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Siempre llueve en domingo</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Sunnuntaisin sataa aina</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Il pleut toujours le dimanche</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Skies tou ypokosmou</t>
-  </si>
-[...4 lines deleted...]
-    <t>Piove sempre la domenica</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zbieg z Dartmoor</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Drama i East End</t>
   </si>
   <si>
     <t>В воскресенье всегда идет дождь</t>
   </si>
   <si>
     <t>Kisa uvek pada nedeljom</t>
   </si>
   <si>
     <t>Σκιές του υποκόσμου</t>
   </si>
 </sst>
 </file>
 
@@ -860,88 +860,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>47</v>
       </c>
@@ -971,51 +971,51 @@
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>