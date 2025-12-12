--- v0 (2025-11-22)
+++ v1 (2025-12-12)
@@ -205,102 +205,102 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Lånerne</t>
+  </si>
+  <si>
     <t>AU,CA,ES,GB,US</t>
   </si>
   <si>
     <t>Lainerne</t>
   </si>
   <si>
     <t>Länerne</t>
   </si>
   <si>
     <t>Los Borrowers</t>
   </si>
   <si>
     <t>Pozyczalscy</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Mis pequeños inquilinos</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Заемателите</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Os Pequeninos</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le petit monde des emprunteurs</t>
   </si>
   <si>
     <t>En Fall für d'Borger</t>
   </si>
   <si>
     <t>Pidilidi</t>
   </si>
   <si>
     <t>Ein Fall für die Borger</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lånerne</t>
   </si>
   <si>
     <t>Los Borrowers: Una gran aventura</t>
   </si>
   <si>
     <t>Kätkijät</t>
   </si>
   <si>
     <t>Le monde des Borrowers</t>
   </si>
   <si>
     <t>Le petit monde des Borrowers</t>
   </si>
   <si>
     <t>Oi trakadoroi</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Fan dou shen tou</t>
   </si>
   <si>
     <t>Csenő manók</t>
   </si>
@@ -1593,138 +1593,138 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>72</v>
       </c>
       <c r="B9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="B14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>47</v>
       </c>