--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -142,57 +142,57 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Cecchi Gori Distribution</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR,ES,FR,GB,GR,IT,PT,US</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Нiрвана</t>
-  </si>
-[...1 lines deleted...]
-    <t>BR,ES,FR,GB,GR,IT,PT,US</t>
   </si>
   <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>Нирвана</t>
   </si>
   <si>
     <t>Nirvana - Die Zukunft ist ein Spiel</t>
   </si>
   <si>
     <t>Nirvana - Jagd im Cyberspace</t>
   </si>
   <si>
     <t>Nirvána</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ニルヴァーナ</t>
   </si>
   <si>
     <t>Нірвана</t>
   </si>
@@ -936,104 +936,104 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>