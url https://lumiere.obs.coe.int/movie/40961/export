--- v0 (2025-12-17)
+++ v1 (2026-03-12)
@@ -124,96 +124,96 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Dutch Film Works</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FI,NO</t>
+  </si>
+  <si>
+    <t>No Escape</t>
+  </si>
+  <si>
+    <t>HR,PL,RS</t>
+  </si>
+  <si>
+    <t>Bankomat</t>
+  </si>
+  <si>
     <t>CA,ES,FR,GB,JP,UA,US</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Sat Thu ATM</t>
   </si>
   <si>
     <t>Uyarisiz Siddet: ATM</t>
   </si>
   <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>Банкомат</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Armadilha</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Pris au Piège</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>ATM - Tödliche Falle</t>
-  </si>
-[...10 lines deleted...]
-    <t>Bankomat</t>
   </si>
   <si>
     <t>ATM - Trappola mortale</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>ATM: trampa mortal</t>
   </si>
   <si>
     <t>ATM - Armadilha Mortal</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Bancomatul terorii</t>
   </si>
   <si>
     <t>Uyarısız Şiddet: ATM</t>
   </si>
 </sst>
 </file>
 
@@ -860,78 +860,78 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">