--- v0 (2025-12-07)
+++ v1 (2026-01-08)
@@ -169,72 +169,72 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,ES,FR,GB,GR,HK,IT,MX,NL,SE,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Tehlikeli yaratiklar</t>
+  </si>
+  <si>
+    <t>Мимикрия</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Mutação</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Métamorphose</t>
-  </si>
-[...16 lines deleted...]
-    <t>Mutação</t>
   </si>
   <si>
     <t>Mimic - Angriff der Killerinsekten</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Mimic - gränslös fara</t>
   </si>
   <si>
     <t>Mimic - ääretön vaara</t>
   </si>
   <si>
     <t>Mimic - A júdás faj</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ミミック</t>
   </si>
   <si>
     <t>LT,RS</t>
   </si>
@@ -1215,72 +1215,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>60</v>
       </c>
@@ -1332,51 +1332,51 @@
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>79</v>
       </c>