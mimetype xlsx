--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -181,78 +181,78 @@
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL,RS</t>
+  </si>
+  <si>
+    <t>Doberman</t>
+  </si>
+  <si>
     <t>CA,DE,DK,ES,FR,GB,HU,IT,NO,TR,US</t>
   </si>
   <si>
     <t>BG,RU,UA</t>
   </si>
   <si>
     <t>Доберман</t>
   </si>
   <si>
     <t>Symmoria: Dobermann</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ドーベルマン</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Dobermanas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Doberman</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1219,72 +1219,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>