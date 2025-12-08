--- v0 (2025-11-15)
+++ v1 (2025-12-08)
@@ -163,69 +163,69 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Marvin's Töchter</t>
+  </si>
+  <si>
+    <t>AU,CA,DK,GB,US</t>
+  </si>
+  <si>
+    <t>La habitacion de Marvin</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Marvin'in odasi</t>
+  </si>
+  <si>
     <t>AR</t>
   </si>
   <si>
     <t>Reencuentro</t>
-  </si>
-[...13 lines deleted...]
-    <t>Marvin'in odasi</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Marvins Töchter</t>
   </si>
   <si>
     <t>Стаята на Марвин</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>As Filhas de Marvin</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le refuge</t>
   </si>
   <si>
     <t>Marvinův pokoj</t>
   </si>
@@ -1191,71 +1191,71 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>49</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
         <v>50</v>
       </c>
-    </row>
-    <row r="3" spans="1:2">
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-      <c r="A4" t="s">
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>52</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
@@ -1410,51 +1410,51 @@
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>89</v>
       </c>
       <c r="B29" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>92</v>
       </c>
       <c r="B31" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>94</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>68</v>
       </c>