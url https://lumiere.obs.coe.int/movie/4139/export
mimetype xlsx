--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -190,81 +190,81 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>Cadi kazani</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Las brujas de Salem</t>
+  </si>
+  <si>
+    <t>BA,HR</t>
+  </si>
+  <si>
+    <t>Retorta</t>
+  </si>
+  <si>
+    <t>Лов на вещици</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>As Bruxas de Salém</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>La chasse aux sorcieres</t>
-  </si>
-[...25 lines deleted...]
-    <t>As Bruxas de Salém</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>La chasse aux sorcières</t>
   </si>
   <si>
     <t>Čarodějky ze Salemu</t>
   </si>
   <si>
     <t>Hexenjagd</t>
   </si>
   <si>
     <t>Heksejagt</t>
   </si>
   <si>
     <t>El crisol</t>
   </si>
   <si>
     <t>Noitavaino</t>
   </si>
   <si>
     <t>GR</t>
   </si>
@@ -1398,88 +1398,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>69</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>39</v>
       </c>