--- v0 (2025-11-21)
+++ v1 (2025-12-16)
@@ -121,50 +121,62 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kino Swiat</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>beActive Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Duka Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Kogu</t>
+  </si>
+  <si>
+    <t>HR,LT</t>
+  </si>
+  <si>
+    <t>Kolekcija</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,IT,NL,SE,SG,US</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Колекцiонер 2</t>
   </si>
   <si>
     <t>Коллекционер-2</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Juegos de la muerte</t>
   </si>
   <si>
     <t>AR,MX,VE</t>
   </si>
   <si>
     <t>Juegos de muerte</t>
   </si>
   <si>
     <t>AZ</t>
@@ -173,62 +185,50 @@
     <t>Kolleksiyaçi</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Колекцията</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Colecionador de Corpos 2</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La collection sadique</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Juegos mortales</t>
-  </si>
-[...10 lines deleted...]
-    <t>Kolekcija</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>パーフェクト・トラップ</t>
   </si>
   <si>
     <t>Kolekcjoner</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zbirka</t>
   </si>
   <si>
     <t>Koleksiyoncu 2</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Коллекционер 2</t>
   </si>
@@ -858,78 +858,78 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>47</v>
       </c>
       <c r="B9" t="s">
@@ -988,51 +988,51 @@
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">