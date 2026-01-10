--- v0 (2025-11-29)
+++ v1 (2026-01-10)
@@ -145,78 +145,78 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Assassino(s)</t>
+  </si>
+  <si>
     <t>Palkkamurhaaja</t>
   </si>
   <si>
     <t>FR,GB,IT,US</t>
   </si>
   <si>
     <t>Oi dolofonoi</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Gyilkos(ok)</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アサシンズ</t>
   </si>
   <si>
     <t>Zabójca(y)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Assassino(s)</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Assassin(S)</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Mörder</t>
   </si>
   <si>
     <t>Asesino(s)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Убийца(ы)</t>
   </si>
 </sst>
 </file>
 
@@ -997,97 +997,97 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>32</v>
       </c>