--- v0 (2025-12-24)
+++ v1 (2026-02-02)
@@ -118,123 +118,123 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,NZ,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Çiplak Ayaklar</t>
+  </si>
+  <si>
+    <t>Descult în parc</t>
+  </si>
+  <si>
+    <t>Mezitláb a parkban</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Descalzos en el parque</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Barfuß im Park</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Blootsvoets in het park</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Боси в парка</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Descalços no Parque</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Pieds nus dans le parc</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>På bare tæer i parken</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Paljajalu pargis</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Descalzos por el parque</t>
+  </si>
+  <si>
     <t>FI,SE</t>
   </si>
   <si>
     <t>Barfota i parken</t>
-  </si>
-[...67 lines deleted...]
-    <t>Descalzos por el parque</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Paljain jaloin puistossa</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Xypolyti sto parko</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Mezítláb a parkban</t>
   </si>
   <si>
     <t>A piedi nudi nel parco</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -881,75 +881,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
         <v>36</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>39</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
@@ -1072,51 +1072,51 @@
       <c r="A24" t="s">
         <v>73</v>
       </c>
       <c r="B24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>75</v>
       </c>
       <c r="B25" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="B28" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="B29" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>