--- v0 (2025-12-05)
+++ v1 (2026-01-16)
@@ -238,162 +238,162 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Saturn Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,CL,CO,GB,HK,IE,IT,MX,NZ,SE,US</t>
+  </si>
+  <si>
+    <t>Gwaaisau daaihok</t>
+  </si>
+  <si>
+    <t>Monsteruniversitetet 3D</t>
+  </si>
+  <si>
+    <t>Monstru universitetas</t>
+  </si>
+  <si>
+    <t>Pošasti Z Univerze</t>
+  </si>
+  <si>
+    <t>Priserky: Univerzita</t>
+  </si>
+  <si>
+    <t>Univerzitet za monstrume</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Унiверситет монстрiв</t>
+  </si>
+  <si>
+    <t>Университет за таласъми</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Monstros S.A. 2</t>
+  </si>
+  <si>
+    <t>Universidade Monstros</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>L'Université des monstres</t>
+  </si>
+  <si>
+    <t>Univerzita pro příšerky</t>
+  </si>
+  <si>
+    <t>Die Monster Uni</t>
+  </si>
+  <si>
+    <t>Kollide ülikool</t>
+  </si>
+  <si>
+    <t>Monstruos University</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Monsters studentliv</t>
+  </si>
+  <si>
+    <t>Monsterit-yliopisto</t>
+  </si>
+  <si>
+    <t>Monstres Academy</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>Monstrebi Universiteti</t>
+  </si>
+  <si>
+    <t>Baboules panepistimiou</t>
+  </si>
+  <si>
     <t>HK</t>
   </si>
   <si>
+    <t>Guaishou daxue</t>
+  </si>
+  <si>
+    <t>Čudovišta sa sveučilišta</t>
+  </si>
+  <si>
+    <t>Szörny Egyetem</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Skrímslaháskólinn</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>モンスターズ・ユニバーシティ</t>
+  </si>
+  <si>
+    <t>Monsutâzu yunibâshiti</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Monseuteo daehakgyo</t>
+  </si>
+  <si>
     <t>怪獸大學</t>
-  </si>
-[...106 lines deleted...]
-    <t>Monseuteo daehakgyo</t>
   </si>
   <si>
     <t>Monstrų universitetas</t>
   </si>
   <si>
     <t>Mošķīšu universitāte</t>
   </si>
   <si>
     <t>Monsters Universiteit</t>
   </si>
   <si>
     <t>Monsteruniversitetet</t>
   </si>
   <si>
     <t>Uniwersytet Potworny</t>
   </si>
   <si>
     <t>Monstros: A Universidade</t>
   </si>
   <si>
     <t>Universitatea monstrilor</t>
   </si>
   <si>
     <t>RS</t>
   </si>
@@ -1774,257 +1774,257 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>75</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="B5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>78</v>
-      </c>
-[...6 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>81</v>
       </c>
-    </row>
-    <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>37</v>
+      </c>
+      <c r="B14" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="B21" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="B23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="B26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B28" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="B30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>54</v>
       </c>
       <c r="B31" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>59</v>
       </c>
@@ -2092,51 +2092,51 @@
       <c r="A41" t="s">
         <v>70</v>
       </c>
       <c r="B41" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>127</v>
       </c>
       <c r="B45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>130</v>
       </c>