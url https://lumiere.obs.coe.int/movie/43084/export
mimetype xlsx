--- v0 (2025-11-22)
+++ v1 (2025-12-16)
@@ -253,87 +253,87 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Bontonfilm/Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Duka Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Код: Олимп</t>
+  </si>
+  <si>
     <t>AU,CA,GB,IE,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Attacco Al Potere</t>
   </si>
   <si>
     <t>Kod Adi: Olympus</t>
   </si>
   <si>
     <t>Padec Olimpa</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Падiння Олiмпу</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Olimpa krišana</t>
   </si>
   <si>
     <t>AR,CL</t>
   </si>
   <si>
     <t>Ataque a la Casa Blanca</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Olympus Has Fallen - Die Welt in Gefahr</t>
-  </si>
-[...1 lines deleted...]
-    <t>Код: Олимп</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Invasão a Casa Branca</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Assaut sur la Maison-Blanche</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Ao Lin Pi Si De Xian Luo</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Ataque a la casa blanca</t>
   </si>
@@ -1597,106 +1597,106 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
         <v>79</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>84</v>
+      </c>
+      <c r="B7" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>86</v>
+      </c>
+      <c r="B8" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>92</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>94</v>
       </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>96</v>
       </c>
@@ -1868,51 +1868,51 @@
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B37" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>51</v>
       </c>
       <c r="B38" t="s">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">