--- v0 (2025-11-16)
+++ v1 (2025-12-26)
@@ -217,123 +217,123 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,NL,SE,US</t>
+  </si>
+  <si>
+    <t>Dospeláci 2</t>
+  </si>
+  <si>
+    <t>Machři 2</t>
+  </si>
+  <si>
+    <t>Matorani 2</t>
+  </si>
+  <si>
+    <t>Nagyfiúk 2.</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Nhung Dua Tre To Xac 2</t>
+  </si>
+  <si>
+    <t>AR,CL,MX,VE</t>
+  </si>
+  <si>
+    <t>Son como niños 2</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Kindsköpfe 2</t>
+  </si>
+  <si>
+    <t>BE,FR</t>
+  </si>
+  <si>
+    <t>Copains pour toujours 2</t>
+  </si>
+  <si>
+    <t>Дърти хлапета 2</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Gente Grande 2</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Grande personnes 2</t>
+  </si>
+  <si>
+    <t>Drengerøve 2</t>
+  </si>
+  <si>
+    <t>Suured 2</t>
+  </si>
+  <si>
+    <t>Niños grandes 2</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Oikeesti aikuiset 2</t>
+  </si>
+  <si>
+    <t>Oi megaloi 2</t>
+  </si>
+  <si>
     <t>Starci 2</t>
-  </si>
-[...70 lines deleted...]
-    <t>Oikeesti aikuiset 2</t>
   </si>
   <si>
     <t>Nagyfiúk 2</t>
   </si>
   <si>
     <t>Un weekend da bamboccioni 2</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アダルトボーイズ遊遊白書</t>
   </si>
   <si>
     <t>Nebrendylos 2</t>
   </si>
   <si>
     <t>Lielie 2</t>
   </si>
   <si>
     <t>Jeszcze większe dzieci</t>
   </si>
   <si>
     <t>Miúdos e Graúdos 2</t>
   </si>
@@ -1372,175 +1372,175 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
       <c r="B7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="B13" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>94</v>
       </c>