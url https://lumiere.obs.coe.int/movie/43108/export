--- v0 (2025-12-12)
+++ v1 (2026-02-11)
@@ -214,75 +214,75 @@
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Barracuda Movie</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Purgenas</t>
+  </si>
+  <si>
+    <t>The Purge. Noaptea judecatii</t>
+  </si>
+  <si>
     <t>Očista</t>
   </si>
   <si>
     <t>AU,CA,GB,HK,IE,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Arinma Gecesi</t>
   </si>
   <si>
     <t>Isvalymas</t>
   </si>
   <si>
     <t>La noche de las bestias</t>
   </si>
   <si>
     <t>Očiščenje</t>
   </si>
   <si>
     <t>Pročišcenje</t>
-  </si>
-[...4 lines deleted...]
-    <t>The Purge. Noaptea judecatii</t>
   </si>
   <si>
     <t>The Purge: Noaptea Judecatii</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Судна нiч</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Shfrenimi</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>La noche de la expiación</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
@@ -1588,93 +1588,93 @@
   <dimension ref="A1:B43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
       <c r="B7" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>76</v>
       </c>
       <c r="B12" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>78</v>
       </c>
       <c r="B13" t="s">
         <v>79</v>
       </c>
     </row>