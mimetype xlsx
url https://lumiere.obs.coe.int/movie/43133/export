--- v0 (2025-11-21)
+++ v1 (2025-12-12)
@@ -238,50 +238,53 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Barracuda Movie/CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kulturistai</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,GR,HU,IE,NZ,US</t>
   </si>
   <si>
     <t>Kultūristai</t>
   </si>
   <si>
     <t>Pain and Gain</t>
   </si>
   <si>
     <t>Pot A Krv</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Кров'ю i потом: Анаболiки</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Muskuj dhe Para</t>
   </si>
   <si>
     <t>AR</t>
@@ -329,53 +332,50 @@
     <t>HK,NL,SE,SG</t>
   </si>
   <si>
     <t>Pain</t>
   </si>
   <si>
     <t>HR,RS</t>
   </si>
   <si>
     <t>Znojem do love</t>
   </si>
   <si>
     <t>Izomagyak</t>
   </si>
   <si>
     <t>Pain &amp; Gain - Muscoli e denaro</t>
   </si>
   <si>
     <t>Suda e cresci</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Pein &amp; Gein: Shijô saitei no ikkakusenkin</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kulturistai</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Vaiga sviedros</t>
   </si>
   <si>
     <t>Sztanga i cash</t>
   </si>
   <si>
     <t>Dá &amp; Leva</t>
   </si>
   <si>
     <t>Trage tare si te scoti</t>
   </si>
   <si>
     <t>Dvigni</t>
   </si>
   <si>
     <t>Zor Kazanç</t>
   </si>
   <si>
     <t>Кров'ю і потом: Анаболіки</t>
   </si>
@@ -1672,210 +1672,210 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
         <v>74</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>81</v>
+      </c>
+      <c r="B8" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B16" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="B19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>61</v>
       </c>
@@ -1887,59 +1887,59 @@
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>67</v>
       </c>
       <c r="B28" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B30" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B31" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>115</v>
       </c>
       <c r="B32" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">