--- v1 (2025-12-12)
+++ v2 (2026-01-21)
@@ -238,144 +238,144 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Barracuda Movie/CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kultūristai</t>
+  </si>
+  <si>
+    <t>Pain and Gain</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,GB,GR,HU,IE,NZ,US</t>
+  </si>
+  <si>
+    <t>Pot A Krv</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Кров'ю i потом: Анаболiки</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Muskuj dhe Para</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Sangre, Sudor y Gloria</t>
+  </si>
+  <si>
+    <t>Кръв и пот</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sem Dor, Sem Ganho</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Coup musclé</t>
+  </si>
+  <si>
+    <t>CL,ES</t>
+  </si>
+  <si>
+    <t>Dolor y dinero</t>
+  </si>
+  <si>
+    <t>CO,MX</t>
+  </si>
+  <si>
+    <t>Sangre, sudor y gloria</t>
+  </si>
+  <si>
+    <t>Pot a krev</t>
+  </si>
+  <si>
+    <t>Veri, higi ja pisarad</t>
+  </si>
+  <si>
+    <t>No Pain No Gain</t>
+  </si>
+  <si>
+    <t>HK,NL,SE,SG</t>
+  </si>
+  <si>
+    <t>Pain</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Znojem do love</t>
+  </si>
+  <si>
+    <t>Izomagyak</t>
+  </si>
+  <si>
+    <t>Pain &amp; Gain - Muscoli e denaro</t>
+  </si>
+  <si>
+    <t>Suda e cresci</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Pein &amp; Gein: Shijô saitei no ikkakusenkin</t>
+  </si>
+  <si>
     <t>Kulturistai</t>
-  </si>
-[...91 lines deleted...]
-    <t>Pein &amp; Gein: Shijô saitei no ikkakusenkin</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Vaiga sviedros</t>
   </si>
   <si>
     <t>Sztanga i cash</t>
   </si>
   <si>
     <t>Dá &amp; Leva</t>
   </si>
   <si>
     <t>Trage tare si te scoti</t>
   </si>
   <si>
     <t>Dvigni</t>
   </si>
   <si>
     <t>Zor Kazanç</t>
   </si>
   <si>
     <t>Кров'ю і потом: Анаболіки</t>
   </si>
@@ -1671,211 +1671,211 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>75</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>78</v>
+      </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="B19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="B22" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>61</v>
       </c>
@@ -1887,59 +1887,59 @@
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>67</v>
       </c>
       <c r="B28" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B30" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B31" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>115</v>
       </c>
       <c r="B32" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">