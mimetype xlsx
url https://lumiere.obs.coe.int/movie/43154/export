--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -187,50 +187,68 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Skundikas</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Infiltrator</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Ôvâdoraivu</t>
+  </si>
+  <si>
     <t>AU,CA,GB,NL,SE,US</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Ovaduh</t>
   </si>
   <si>
     <t>Muhbir</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>El infiltrado</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Доносник</t>
   </si>
   <si>
     <t>BR</t>
@@ -253,72 +271,54 @@
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Koputaja</t>
   </si>
   <si>
     <t>El mensajero</t>
   </si>
   <si>
     <t>Infiltré</t>
   </si>
   <si>
     <t>To karfi</t>
   </si>
   <si>
     <t>Doušnik</t>
   </si>
   <si>
     <t>Csapda</t>
   </si>
   <si>
     <t>Snitch - L'infiltrato</t>
   </si>
   <si>
-    <t>JP</t>
-[...1 lines deleted...]
-  <si>
     <t>Overdrive</t>
   </si>
   <si>
     <t>オーバードライヴ</t>
-  </si>
-[...13 lines deleted...]
-    <t>Infiltrator</t>
   </si>
   <si>
     <t>Snitch - Infiltrado</t>
   </si>
   <si>
     <t>Capcana</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Cinkaroš</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Стукач</t>
   </si>
   <si>
     <t>Το καρφί</t>
   </si>
 </sst>
 </file>
 
@@ -1150,208 +1150,208 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>28</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>89</v>
       </c>