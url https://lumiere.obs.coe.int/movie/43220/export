--- v0 (2025-11-15)
+++ v1 (2026-01-20)
@@ -235,68 +235,74 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>이블 데드</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,FR,GB,HK,IE,NL,NO,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Evil Dead : Cartea Mortilor</t>
+  </si>
+  <si>
+    <t>Piktieji numirėliai</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
+    <t>Zla smrt</t>
+  </si>
+  <si>
     <t>Zli mrtvi</t>
   </si>
   <si>
-    <t>AU,CA,DE,FR,GB,HK,IE,NL,NO,SE,SG,US</t>
-[...10 lines deleted...]
-  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Зловiснi мерцi</t>
   </si>
   <si>
     <t>AR,CL,CO,ES,MX,VE</t>
   </si>
   <si>
     <t>Posesión infernal</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Злите мъртви</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Morte do Demônio</t>
   </si>
   <si>
     <t>CA</t>
@@ -317,56 +323,50 @@
     <t>Evil Dead: Zla smrt</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Gonosz halott</t>
   </si>
   <si>
     <t>La casa</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Evil Dead: Unrated Edition</t>
   </si>
   <si>
     <t>死霊のはらわた</t>
   </si>
   <si>
     <t>Shiryô no harawata</t>
   </si>
   <si>
     <t>Shiryô no harawata: Anreiteddo edishon</t>
-  </si>
-[...4 lines deleted...]
-    <t>이블 데드</t>
   </si>
   <si>
     <t>Piktieji numireliai</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Ļaunie miroņi</t>
   </si>
   <si>
     <t>Martwe zło</t>
   </si>
   <si>
     <t>A Noite dos Mortos-Vivos</t>
   </si>
   <si>
     <t>Cartea mortilor</t>
   </si>
   <si>
     <t>Зла смрт</t>
   </si>
   <si>
     <t>Зли мртви</t>
   </si>
@@ -1666,275 +1666,275 @@
       </c>
       <c r="B2" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>75</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B7" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>81</v>
       </c>
       <c r="B8" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>83</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>87</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>104</v>
       </c>
       <c r="B24" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>59</v>
       </c>
       <c r="B25" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>61</v>
       </c>
       <c r="B26" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B28" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>114</v>
       </c>
       <c r="B33" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B34" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>117</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">