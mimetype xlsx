--- v0 (2025-11-20)
+++ v1 (2025-12-11)
@@ -181,50 +181,53 @@
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Teksaski pokol z motorko 3D</t>
+  </si>
+  <si>
     <t>AU,CA,FR</t>
   </si>
   <si>
     <t>O Massacre da Serra Elétrica 3D - A Lenda Continua</t>
   </si>
   <si>
     <t>Teksas Katliami</t>
   </si>
   <si>
     <t>Teksaški masakr motornom testerom</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Teksaški masakr motornom testerom 3D</t>
   </si>
   <si>
     <t>Teksaški Pokol Z Motroko 3d</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Техаська рiзанина бензопилою 3D</t>
@@ -326,53 +329,50 @@
     <t>Kruvinosios skerdynės Teksase</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Masacre en Texas: herencia maldita</t>
   </si>
   <si>
     <t>Piła mechaniczna</t>
   </si>
   <si>
     <t>Texas Chainsaw: O Massacre</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Masacrul din Texas 3D</t>
   </si>
   <si>
     <t>Тексашки масакр моторном тестером 3D</t>
   </si>
   <si>
     <t>Texas Chainsaw Massacre 3D</t>
-  </si>
-[...1 lines deleted...]
-    <t>Teksaski pokol z motorko 3D</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Texaský masaker motorovou pílou 3D</t>
   </si>
   <si>
     <t>Teksas Katliamı</t>
   </si>
   <si>
     <t>Texas Chainsaw 5</t>
   </si>
   <si>
     <t>Texas Chainsaw Massacre 5</t>
   </si>
   <si>
     <t>Техаська різанина бензопилою 3D</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>飛びだす 悪魔のいけにえ レザーフェイス一家の逆襲</t>
   </si>
@@ -1259,335 +1259,335 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
         <v>55</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>59</v>
       </c>
-      <c r="B6" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>60</v>
       </c>
-    </row>
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
+      <c r="B8" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>30</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="B25" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>38</v>
+      </c>
+      <c r="B26" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="B29" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B30" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="B32" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="B33" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B34" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>105</v>
       </c>
       <c r="B35" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>51</v>
       </c>
       <c r="B36" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>111</v>
       </c>
       <c r="B40" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>35</v>
       </c>
       <c r="B41" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>114</v>
       </c>