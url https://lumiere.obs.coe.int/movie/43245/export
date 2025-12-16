--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -280,219 +280,219 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>魔雪奇緣</t>
+  </si>
+  <si>
+    <t>Frost 3D</t>
+  </si>
+  <si>
+    <t>Frozen - O Reino do Gelo</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
+    <t>Bingxue Qi Yuan</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Nu hoàng bang giá</t>
+  </si>
+  <si>
+    <t>Die Eiskönigin - Völlig Unverfroren</t>
+  </si>
+  <si>
+    <t>AU,CA,CO,FI,GB,IE,NL,NZ,SG,US</t>
+  </si>
+  <si>
+    <t>Frozen - Sing-A-Long</t>
+  </si>
+  <si>
+    <t>Zaleđeno kraljevstvo 3D</t>
+  </si>
+  <si>
+    <t>Снежно кралство</t>
+  </si>
+  <si>
+    <t>Regatul de gheata</t>
+  </si>
+  <si>
+    <t>Zaleđeno kraljevstvo</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Mbretëresha e dëborës</t>
+  </si>
+  <si>
+    <t>AR,CL,MX</t>
+  </si>
+  <si>
+    <t>Frozen: Una aventura congelada</t>
+  </si>
+  <si>
+    <t>Замръзналото кралство</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Frozen: Uma Aventura Congelante</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La reine des neiges</t>
+  </si>
+  <si>
+    <t>Ledové království</t>
+  </si>
+  <si>
+    <t>Die Eiskönigin: Völlig unverfroren</t>
+  </si>
+  <si>
+    <t>DK,NO,SE</t>
+  </si>
+  <si>
+    <t>Frost</t>
+  </si>
+  <si>
+    <t>Lumekuninganna ja igavene talv</t>
+  </si>
+  <si>
+    <t>Frozen: El reino del hielo</t>
+  </si>
+  <si>
+    <t>Frozen: huurteinen seikkailu</t>
+  </si>
+  <si>
+    <t>Psyhra ki anapoda...</t>
+  </si>
+  <si>
+    <t>Snježno kraljevstvo</t>
+  </si>
+  <si>
+    <t>Jégvarázs</t>
+  </si>
+  <si>
+    <t>Frosinn</t>
+  </si>
+  <si>
+    <t>Frozen - Il regno di ghiaccio</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>アナと雪の女王</t>
+  </si>
+  <si>
+    <t>Ana to Yuki no Joou</t>
+  </si>
+  <si>
+    <t>Anna and the Snow Queen</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Gyeowool Wangguk</t>
+  </si>
+  <si>
+    <t>Ledo šalis</t>
+  </si>
+  <si>
+    <t>Ledus sirds</t>
+  </si>
+  <si>
+    <t>Kraina lodu</t>
+  </si>
+  <si>
+    <t>Frozen: O Reino do Gelo</t>
+  </si>
+  <si>
+    <t>Regatul de gheață</t>
+  </si>
+  <si>
+    <t>Залеђено краљевство</t>
+  </si>
+  <si>
+    <t>Ledeno kraljestvo</t>
+  </si>
+  <si>
+    <t>Ľadové kráľovstvo</t>
+  </si>
+  <si>
+    <t>Karlar Ülkesi</t>
+  </si>
+  <si>
+    <t>Frozen 3D</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Холодное сердце</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Крижане серце</t>
+  </si>
+  <si>
     <t>冰雪奇缘</t>
-  </si>
-[...163 lines deleted...]
-    <t>魔雪奇緣</t>
   </si>
   <si>
     <t>The Snow Queen</t>
   </si>
   <si>
     <t>Ψυχρά κι ανάποδα</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -2311,361 +2311,361 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>88</v>
       </c>
       <c r="B2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>38</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B33" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>63</v>
       </c>
       <c r="B34" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>66</v>
       </c>
       <c r="B35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>75</v>
       </c>
       <c r="B37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>77</v>
       </c>
       <c r="B38" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B44" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B45" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>143</v>
+        <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>54</v>
       </c>
       <c r="B48" t="s">
         <v>146</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>