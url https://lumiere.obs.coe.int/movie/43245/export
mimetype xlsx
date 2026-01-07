--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -280,216 +280,216 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Anna and the Snow Queen</t>
+  </si>
+  <si>
+    <t>Frost 3D</t>
+  </si>
+  <si>
+    <t>Frozen - O Reino do Gelo</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>Bingxue Qi Yuan</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Nu hoàng bang giá</t>
+  </si>
+  <si>
+    <t>Die Eiskönigin - Völlig Unverfroren</t>
+  </si>
+  <si>
+    <t>AU,CA,CO,FI,GB,IE,NL,NZ,SG,US</t>
+  </si>
+  <si>
+    <t>Frozen - Sing-A-Long</t>
+  </si>
+  <si>
+    <t>Zaleđeno kraljevstvo 3D</t>
+  </si>
+  <si>
+    <t>Снежно кралство</t>
+  </si>
+  <si>
+    <t>Regatul de gheata</t>
+  </si>
+  <si>
+    <t>Zaleđeno kraljevstvo</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Mbretëresha e dëborës</t>
+  </si>
+  <si>
+    <t>AR,CL,MX</t>
+  </si>
+  <si>
+    <t>Frozen: Una aventura congelada</t>
+  </si>
+  <si>
+    <t>Замръзналото кралство</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Frozen: Uma Aventura Congelante</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La reine des neiges</t>
+  </si>
+  <si>
+    <t>Ledové království</t>
+  </si>
+  <si>
+    <t>Die Eiskönigin: Völlig unverfroren</t>
+  </si>
+  <si>
+    <t>DK,NO,SE</t>
+  </si>
+  <si>
+    <t>Frost</t>
+  </si>
+  <si>
+    <t>Lumekuninganna ja igavene talv</t>
+  </si>
+  <si>
+    <t>Frozen: El reino del hielo</t>
+  </si>
+  <si>
+    <t>Frozen: huurteinen seikkailu</t>
+  </si>
+  <si>
+    <t>Psyhra ki anapoda...</t>
+  </si>
+  <si>
+    <t>Snježno kraljevstvo</t>
+  </si>
+  <si>
+    <t>Jégvarázs</t>
+  </si>
+  <si>
+    <t>Frosinn</t>
+  </si>
+  <si>
+    <t>Frozen - Il regno di ghiaccio</t>
+  </si>
+  <si>
+    <t>アナと雪の女王</t>
+  </si>
+  <si>
+    <t>Ana to Yuki no Joou</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Gyeowool Wangguk</t>
+  </si>
+  <si>
+    <t>Ledo šalis</t>
+  </si>
+  <si>
+    <t>Ledus sirds</t>
+  </si>
+  <si>
+    <t>Kraina lodu</t>
+  </si>
+  <si>
+    <t>Frozen: O Reino do Gelo</t>
+  </si>
+  <si>
+    <t>Regatul de gheață</t>
+  </si>
+  <si>
+    <t>Залеђено краљевство</t>
+  </si>
+  <si>
+    <t>Ledeno kraljestvo</t>
+  </si>
+  <si>
+    <t>Ľadové kráľovstvo</t>
+  </si>
+  <si>
+    <t>Karlar Ülkesi</t>
+  </si>
+  <si>
+    <t>Frozen 3D</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Холодное сердце</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Крижане серце</t>
+  </si>
+  <si>
     <t>HK</t>
   </si>
   <si>
     <t>魔雪奇緣</t>
-  </si>
-[...160 lines deleted...]
-    <t>Крижане серце</t>
   </si>
   <si>
     <t>冰雪奇缘</t>
   </si>
   <si>
     <t>The Snow Queen</t>
   </si>
   <si>
     <t>Ψυχρά κι ανάποδα</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2493,155 +2493,155 @@
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
+        <v>88</v>
+      </c>
+      <c r="B30" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="B31" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B32" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
+        <v>63</v>
+      </c>
+      <c r="B33" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B34" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B39" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
       <c r="B42" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>6</v>
+        <v>138</v>
       </c>
       <c r="B43" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>140</v>
       </c>
       <c r="B44" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>142</v>
       </c>
       <c r="B45" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>92</v>
       </c>