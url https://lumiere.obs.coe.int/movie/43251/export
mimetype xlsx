--- v0 (2025-12-12)
+++ v1 (2026-01-23)
@@ -175,78 +175,78 @@
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Theatrical Film Distribution</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvian Theatrical Distribution</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Le volcan</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Sopka</t>
+  </si>
+  <si>
     <t>Aistrų vulkanas</t>
   </si>
   <si>
     <t>Eyjafjallajökull : Le volcan</t>
   </si>
   <si>
     <t>The Vulcano</t>
   </si>
   <si>
     <t>Volcano</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Вулканът Ейяфятлайокул</t>
-  </si>
-[...10 lines deleted...]
-    <t>Sopka</t>
   </si>
   <si>
     <t>Eyjafjallajökull - Der unaussprechliche Vulkanfilm</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Eyjafjallajökull o simplemente El Volcán</t>
   </si>
   <si>
     <t>Vulkan</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az izlandi vulkán</t>
   </si>
   <si>
     <t>Tutta colpa del vulcano</t>
   </si>
   <si>
     <t>Aistru vulkanas</t>
   </si>
@@ -1118,88 +1118,88 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>6</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B4" t="s">
         <v>1</v>
-      </c>
-[...8 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>61</v>
       </c>
       <c r="B9" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>64</v>
       </c>
       <c r="B11" t="s">