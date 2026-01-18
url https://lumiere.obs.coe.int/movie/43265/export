--- v0 (2025-12-08)
+++ v1 (2026-01-18)
@@ -187,50 +187,56 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Kaçak</t>
+  </si>
+  <si>
     <t>AU,CA,ES,GB,HU,IE,IT,KR,NL,SE,US</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Leto na obalama Misisipija</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Mudas</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Кал</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Amor Bandido</t>
@@ -257,56 +263,50 @@
     <t>JP</t>
   </si>
   <si>
     <t>MUD マッド</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>El niño y el fugitivo</t>
   </si>
   <si>
     <t>Uciekinier</t>
   </si>
   <si>
     <t>Fuga</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Evadatul</t>
   </si>
   <si>
     <t>Лето на обалама Мисисипија</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kaçak</t>
   </si>
   <si>
     <t>Ένα καλοκαίρι</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Мад</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>污泥</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1317,168 +1317,168 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>60</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>64</v>
       </c>
       <c r="B6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>68</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>74</v>
       </c>
       <c r="B12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>86</v>
       </c>