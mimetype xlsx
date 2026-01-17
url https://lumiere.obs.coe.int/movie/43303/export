--- v0 (2025-12-06)
+++ v1 (2026-01-17)
@@ -292,81 +292,81 @@
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,FR,IT,NL</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>A Grande Beleza</t>
+  </si>
+  <si>
+    <t>CL,ES,MX</t>
+  </si>
+  <si>
+    <t>La gran belleza</t>
+  </si>
+  <si>
+    <t>La Grande Bellezza - Die große Schönheit</t>
+  </si>
+  <si>
+    <t>Den store skønhed</t>
+  </si>
+  <si>
+    <t>Kohutav ilu</t>
+  </si>
+  <si>
+    <t>Suuri kauneus</t>
+  </si>
+  <si>
+    <t>I teleia omorfia</t>
+  </si>
+  <si>
     <t>Velika ljepota</t>
-  </si>
-[...28 lines deleted...]
-    <t>I teleia omorfia</t>
   </si>
   <si>
     <t>A nagy szépség</t>
   </si>
   <si>
     <t>L'apparato umano</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Gurêto Byûtî: Tsuioku no Rôma</t>
   </si>
   <si>
     <t>Didis grožis</t>
   </si>
   <si>
     <t>Dižais skaistums</t>
   </si>
   <si>
     <t>Den store skjønnheten</t>
   </si>
   <si>
     <t>Wielkie piękno</t>
   </si>
@@ -2195,115 +2195,115 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>92</v>
       </c>
       <c r="B2" t="s">
-        <v>92</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>93</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>96</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>63</v>
       </c>
       <c r="B11" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>65</v>
       </c>
       <c r="B12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>105</v>
       </c>