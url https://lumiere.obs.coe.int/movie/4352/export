--- v0 (2025-11-12)
+++ v1 (2026-01-15)
@@ -256,108 +256,108 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Ameţeala</t>
+  </si>
+  <si>
+    <t>Desmotis tou iliggou</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Hyeonghijeung</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Zawrót glowy</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,HK,IE,NL,RO,SG,US</t>
+  </si>
+  <si>
+    <t>BE,CA,FR</t>
+  </si>
+  <si>
+    <t>Sueurs froides</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Шемет</t>
+  </si>
+  <si>
+    <t>AT,CH</t>
+  </si>
+  <si>
+    <t>Aus dem Reich der Toten</t>
+  </si>
+  <si>
+    <t>Vertigo - Aus dem Reich der Toten</t>
+  </si>
+  <si>
+    <t>Vertigen</t>
+  </si>
+  <si>
+    <t>Röd tår</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>めまい（1958）</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ölüm Korkusu</t>
-  </si>
-[...52 lines deleted...]
-    <t>めまい（1958）</t>
   </si>
   <si>
     <t>Vertigo - A Mulher Que Viveu Duas Vezes</t>
   </si>
   <si>
     <t>Наваждение</t>
   </si>
   <si>
     <t>TCM Big Screen Classics Presents VERTIGO A Special 60th Anniversary Event</t>
   </si>
   <si>
     <t>AR,CL,ES,MX,VE</t>
   </si>
   <si>
     <t>Vértigo</t>
   </si>
   <si>
     <t>Zij die tweemal leefde</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Um Corpo que Cai</t>
   </si>
@@ -2181,139 +2181,139 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="67" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>84</v>
       </c>
       <c r="B5" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>86</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>89</v>
       </c>
       <c r="B8" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>91</v>
       </c>
       <c r="B9" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>98</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
@@ -2407,83 +2407,83 @@
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>67</v>
       </c>
       <c r="B29" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>70</v>
       </c>
       <c r="B30" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B31" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B32" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>124</v>
       </c>
       <c r="B33" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B35" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>130</v>
       </c>