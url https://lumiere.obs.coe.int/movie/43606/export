--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -103,102 +103,102 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2013</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Swashbuckler Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Hud, el más salvaje entre mil</t>
+  </si>
+  <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>Agrios san thyella</t>
   </si>
   <si>
     <t>Çilginlarin günahi</t>
   </si>
   <si>
     <t>O Mais Selvagem Entre Mil</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>El indomable</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Хъд</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Indomado</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le plus sauvage d'entre tous</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Der Wildeste unter tausend</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Den utæmmelige</t>
-  </si>
-[...4 lines deleted...]
-    <t>Hud, el más salvaje entre mil</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Hud -Västens rebell</t>
   </si>
   <si>
     <t>Hud - Lännen kapinallinen</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Hud il selvaggio</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ハッド</t>
   </si>
   <si>
     <t>NO</t>
   </si>
@@ -808,72 +808,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">