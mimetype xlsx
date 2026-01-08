--- v0 (2025-11-25)
+++ v1 (2026-01-08)
@@ -169,105 +169,105 @@
   <si>
     <t>Feature Film Company</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Feature</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Nexo</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Kwadrofonia</t>
+  </si>
+  <si>
     <t>AU,BR,CA,DE,ES,FI,FR,GB,GR,IE,IT,NZ,PT,TR,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Quadrophenia: La historia de una generación</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Куадрофения</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Er du gal, mand?</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Quadrophenia - 60-talets rebeller</t>
   </si>
   <si>
     <t>Kuusikymmentäluvun kapinalliset</t>
   </si>
   <si>
     <t>Quadrophenia - 60-luvun kapinalliset</t>
   </si>
   <si>
     <t>Quadrophenia - A Way of Life</t>
   </si>
   <si>
     <t>Quadrophenia: A Way of Life</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Kvadrofónia</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>さらば青春の光</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kwadrofonia</t>
   </si>
   <si>
     <t>Quadrophenia - A História de Uma Geração</t>
   </si>
   <si>
     <t>Квадрофения</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1138,120 +1138,120 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>54</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>48</v>
       </c>