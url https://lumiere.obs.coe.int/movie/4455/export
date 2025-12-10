--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -151,90 +151,90 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Pathé</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,ES,FR,GB,NO,US</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Nalóg</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>O ethismos</t>
+  </si>
+  <si>
+    <t>Uzaleznienie</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Страст</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Vício</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>l'addiction</t>
+  </si>
+  <si>
     <t>HR</t>
   </si>
   <si>
     <t>Ovisnost</t>
-  </si>
-[...34 lines deleted...]
-    <t>l'addiction</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Menekülés a pokolból</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アディクション</t>
   </si>
   <si>
     <t>Adikushon</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Adicción</t>
   </si>
   <si>
     <t>Nałóg</t>
   </si>
@@ -1071,80 +1071,80 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>48</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>57</v>
       </c>
@@ -1164,99 +1164,99 @@
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>64</v>
       </c>
       <c r="B13" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>72</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>74</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>77</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>