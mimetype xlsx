--- v1 (2025-12-10)
+++ v2 (2026-02-08)
@@ -151,135 +151,135 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Pathé</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Indipendenti Regionali</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Nałóg</t>
+  </si>
+  <si>
+    <t>Uzależnienie</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Os Viciosos</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Dependenta</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Zavisnost</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Adicción</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,NO,US</t>
   </si>
   <si>
-    <t>PL</t>
-[...1 lines deleted...]
-  <si>
     <t>Nalóg</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O ethismos</t>
   </si>
   <si>
     <t>Uzaleznienie</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Страст</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Vício</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>l'addiction</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Ovisnost</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Menekülés a pokolból</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アディクション</t>
   </si>
   <si>
     <t>Adikushon</t>
-  </si>
-[...28 lines deleted...]
-    <t>Zavisnost</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Зависимость</t>
   </si>
   <si>
     <t>Ο εθισμός</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>The Addiction - riippuvuus</t>
   </si>
   <si>
     <t>The Addiction - Vampiri a New York</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1071,192 +1071,192 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>48</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>74</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>77</v>
       </c>
       <c r="B21" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>