--- v0 (2025-12-11)
+++ v1 (2026-02-03)
@@ -97,105 +97,105 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2013</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>月の寵児たち</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>달의 애인들</t>
+  </si>
+  <si>
     <t>FR</t>
   </si>
   <si>
     <t>Oi evnooumenoi tou fengariou</t>
   </si>
   <si>
     <t>Ulubiency ksiezyca</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Los favoritos de la luna</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Die Günstlinge des Mondes</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Månens yndlinge</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Favourites of the Moon</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A Hold kegyeltjei</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>I favoriti della luna</t>
-  </si>
-[...10 lines deleted...]
-    <t>달의 애인들</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Ulubieńcy księżyca</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Os Favoritos da Lua</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Månens favoriter</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Favorites of the Moon</t>
   </si>
@@ -754,75 +754,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...8 lines deleted...]
-    </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">