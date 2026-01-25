--- v0 (2025-12-05)
+++ v1 (2026-01-25)
@@ -697,55 +697,55 @@
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2">
         <v>45554</v>
       </c>
       <c r="D2" s="3">
         <v>459</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>459</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3" t="s">
         <v>26</v>
       </c>
       <c r="C3">
         <v>45399</v>
       </c>
       <c r="D3" s="3">
-        <v>2839</v>
+        <v>2837</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
-        <v>2839</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4">
         <v>45392</v>
       </c>
       <c r="D4" s="3">
         <v>937</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>937</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
@@ -873,55 +873,55 @@
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="3">
         <v>95</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13">
         <v>45484</v>
       </c>
       <c r="D13" s="3">
-        <v>4657</v>
+        <v>4269</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
-        <v>4657</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>45</v>
       </c>
       <c r="C14">
         <v>45394</v>
       </c>
       <c r="D14" s="3">
         <v>1709</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
         <v>1709</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
@@ -939,71 +939,71 @@
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16">
         <v>45408</v>
       </c>
       <c r="D16" s="3">
         <v>206</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>206</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="3">
-        <v>151104</v>
+        <v>150714</v>
       </c>
       <c r="E17" s="3">
         <v>4058</v>
       </c>
       <c r="F17" s="3">
-        <v>147046</v>
+        <v>146656</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="3">
-        <v>152041</v>
+        <v>151651</v>
       </c>
       <c r="E18" s="3">
         <v>4058</v>
       </c>
       <c r="F18" s="3">
-        <v>147983</v>
+        <v>147593</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>