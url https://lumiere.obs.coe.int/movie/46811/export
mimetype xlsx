--- v0 (2025-11-24)
+++ v1 (2026-02-14)
@@ -241,57 +241,57 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Seksivideo</t>
+  </si>
+  <si>
     <t>AU,BE,CA,DE,FR,GB,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Kaset Isi</t>
-  </si>
-[...1 lines deleted...]
-    <t>Seksivideo</t>
   </si>
   <si>
     <t>Sex Tape: Algo pasa en la nube</t>
   </si>
   <si>
     <t>Секс-вiдео</t>
   </si>
   <si>
     <t>Снимка на секс</t>
   </si>
   <si>
     <t>AR,CL,MX</t>
   </si>
   <si>
     <t>Nuestro video prohibido</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Seks Kaseti</t>
   </si>
   <si>
     <t>Секс запис</t>
   </si>
@@ -1475,60 +1475,60 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>75</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>80</v>
       </c>
     </row>