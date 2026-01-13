--- v0 (2025-12-04)
+++ v1 (2026-01-13)
@@ -247,50 +247,56 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>叛諜裁判</t>
+  </si>
+  <si>
     <t>AU,CA,DE,FI,GB,GR,IE,KR,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>The Equalizer. El protector</t>
   </si>
   <si>
     <t>The Equalizer: oikeuden puolustaja</t>
   </si>
   <si>
     <t>Израмнувач</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>El justiciero</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Tenzimleyici</t>
   </si>
   <si>
     <t>Закрилникът</t>
@@ -299,56 +305,50 @@
     <t>BR</t>
   </si>
   <si>
     <t>O Protetor</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le justicier</t>
   </si>
   <si>
     <t>CZ,FR,SK</t>
   </si>
   <si>
     <t>Equalizer</t>
   </si>
   <si>
     <t>Kutsuge McCall</t>
   </si>
   <si>
     <t>Pravednik</t>
   </si>
   <si>
     <t>A védelmező</t>
-  </si>
-[...4 lines deleted...]
-    <t>叛諜裁判</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>イコライザー</t>
   </si>
   <si>
     <t>Ekvalaizeris</t>
   </si>
   <si>
     <t>Stabilizators</t>
   </si>
   <si>
     <t>Bez litości</t>
   </si>
   <si>
     <t>RS,UA</t>
   </si>
   <si>
     <t>Праведник</t>
   </si>
   <si>
     <t>Pravicnik</t>
   </si>
@@ -1566,143 +1566,143 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>77</v>
       </c>
       <c r="B2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>83</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>90</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>97</v>
       </c>
       <c r="B16" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>57</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>59</v>
       </c>