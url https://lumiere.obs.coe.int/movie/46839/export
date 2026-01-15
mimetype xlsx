--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -256,50 +256,53 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Noass</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,IE,IT,JP,KR,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>Noah 3D</t>
   </si>
   <si>
     <t>Noje</t>
   </si>
   <si>
     <t>Ное</t>
   </si>
   <si>
     <t>AR,BR,CA,CL,CO,ES,FR,HU,MX,PT</t>
   </si>
   <si>
     <t>Noé</t>
   </si>
   <si>
     <t>Νώε</t>
   </si>
   <si>
     <t>CZ,GR,RO,SI,SK</t>
   </si>
   <si>
     <t>Noe</t>
@@ -311,53 +314,50 @@
     <t>Noa</t>
   </si>
   <si>
     <t>BG,RU,UA</t>
   </si>
   <si>
     <t>Ной</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Nuh</t>
   </si>
   <si>
     <t>Noa laev</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ノア 約束の舟</t>
   </si>
   <si>
     <t>Nojaus laivas</t>
-  </si>
-[...1 lines deleted...]
-    <t>Noass</t>
   </si>
   <si>
     <t>Noe: Wybrany przez Boga</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ноје</t>
   </si>
   <si>
     <t>Nuh: Büyük Tufan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1658,146 +1658,146 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
         <v>80</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>101</v>
       </c>
       <c r="B17" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>77</v>
       </c>