--- v0 (2025-12-31)
+++ v1 (2026-01-21)
@@ -268,129 +268,129 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,GB,IE,NZ,SE,US</t>
+  </si>
+  <si>
+    <t>Nick Caves 20 000 dagar på jorden</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ニック・ケイヴ 20,000デイズ・オン・アース</t>
+  </si>
+  <si>
+    <t>Dünyada 20,000 Gün</t>
+  </si>
+  <si>
+    <t>20 000 dienas uz zemes</t>
+  </si>
+  <si>
+    <t>20.000 денови на Земјата</t>
+  </si>
+  <si>
+    <t>Dünyada 20.000 Gün</t>
+  </si>
+  <si>
+    <t>Nick Cave: 20 000 dní na Zemi</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>20.000 días en la tierra</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>Yer Küresinde 20000 Gün</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Nick Cave: 20.000 Dias na Terra</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Nick Cave: 20.000 Days on Earth</t>
+  </si>
+  <si>
+    <t>Nick Cave: 20.000 dage på Jorden</t>
+  </si>
+  <si>
+    <t>20.000 días en la Tierra</t>
+  </si>
+  <si>
+    <t>20,000 days on earth</t>
+  </si>
+  <si>
+    <t>Nick Cave: 20 000 päivää maan päällä</t>
+  </si>
+  <si>
+    <t>20 000 jours sur Terre</t>
+  </si>
+  <si>
+    <t>20.000 nap a Földön</t>
+  </si>
+  <si>
+    <t>Nick Cave - 20,000 Days On Earth</t>
+  </si>
+  <si>
+    <t>Nika Keiva 20000. diena</t>
+  </si>
+  <si>
     <t>20 000 dni na Ziemi</t>
   </si>
   <si>
     <t>20.000 Dias na Terra</t>
-  </si>
-[...73 lines deleted...]
-    <t>Nika Keiva 20000. diena</t>
   </si>
   <si>
     <t>20. 000 dni na Zemlji</t>
   </si>
   <si>
     <t>20.000 dni na Zemlji</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>20,000 дней на Земле</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>20.000 μέρες στη Γη</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1831,207 +1831,207 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>86</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="B5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>101</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B19" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="B20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B21" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>76</v>
       </c>
       <c r="B24" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>76</v>
       </c>
       <c r="B25" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>113</v>
       </c>