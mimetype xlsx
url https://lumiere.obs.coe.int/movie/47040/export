--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -274,69 +274,69 @@
   <si>
     <t>MCF</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BE,CA</t>
+  </si>
+  <si>
+    <t>Les nouveaux sauvages</t>
+  </si>
+  <si>
+    <t>Диви истории</t>
+  </si>
+  <si>
+    <t>AU,CA,DK,GB,IE,NO,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Wild Tales</t>
+  </si>
+  <si>
     <t>Divlje price</t>
   </si>
   <si>
     <t>Divlje stvari</t>
-  </si>
-[...13 lines deleted...]
-    <t>Wild Tales</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Jinsei suitchi</t>
   </si>
   <si>
     <t>Povesti trasnite</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Šiuolaikiniai žverys</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Дикi iсторii</t>
   </si>
   <si>
     <t>Wild tales</t>
   </si>
@@ -1947,83 +1947,83 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>91</v>
+        <v>77</v>
       </c>
       <c r="B6" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>93</v>
       </c>
       <c r="B7" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>96</v>
       </c>