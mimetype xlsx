--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -175,69 +175,69 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Intercomfilm</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Tour de Force</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Calvarul</t>
+  </si>
+  <si>
+    <t>LT,RS</t>
+  </si>
+  <si>
+    <t>Golgota</t>
+  </si>
+  <si>
+    <t>HR,RS</t>
+  </si>
+  <si>
+    <t>Kalvarija</t>
+  </si>
+  <si>
     <t>AU,CA,ES,FR,GB,IE,NL,NZ,SE,US</t>
-  </si>
-[...16 lines deleted...]
-    <t>Kalvarija</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>İtiraf</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Голгофа</t>
   </si>
   <si>
     <t>Kalvárie</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kalwaria</t>
   </si>
   <si>
     <t>AR,CL,IT</t>
   </si>
@@ -1176,75 +1176,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>62</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">