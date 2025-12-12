--- v0 (2025-11-22)
+++ v1 (2025-12-12)
@@ -103,123 +103,123 @@
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Alta Films</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Nova Babilônia</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La nouvelle Babylone</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Kampf um Paris</t>
+  </si>
+  <si>
+    <t>La nova Babilònia</t>
+  </si>
+  <si>
+    <t>La nueva Babilonia</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Uusi Babylon</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I nea Vavylona</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Új Babilon</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>La nuova Babilonia</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Det nye Babylon</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Nowy Babilon</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>A Nova Babilónia</t>
+  </si>
+  <si>
+    <t>Nya Babylon</t>
+  </si>
+  <si>
+    <t>Das neue Babylon</t>
+  </si>
+  <si>
     <t>Shturm neba</t>
-  </si>
-[...70 lines deleted...]
-    <t>Das neue Babylon</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>The New Babylon</t>
   </si>
   <si>
     <t>Новый Вавилон</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -764,158 +764,158 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
         <v>29</v>
       </c>
-    </row>
-    <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:2">
-      <c r="A16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
     </row>