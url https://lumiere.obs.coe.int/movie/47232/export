--- v0 (2025-11-24)
+++ v1 (2025-12-15)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="122">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Kis Uykusu</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Nuri Bilge Ceylan</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>TR, FR, DE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -232,78 +232,78 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Fidalgo</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Film Point Group</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Asociatia Culturala Macondo</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS</t>
   </si>
   <si>
     <t>Zimski san</t>
   </si>
   <si>
     <t>Зимен сън</t>
   </si>
   <si>
     <t>AU,CA,FR,GB,IE,NL,TR,US</t>
   </si>
   <si>
     <t>Winter Sleep</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Sommeil d'hiver</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>雪の轍</t>
   </si>
@@ -850,51 +850,51 @@
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
     <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:N29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="6" bestFit="1" customWidth="1"/>
     <col min="7" max="14" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -1528,305 +1528,331 @@
       <c r="D22" s="3">
         <v>3666</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>3590</v>
       </c>
       <c r="G22" s="3">
         <v>36</v>
       </c>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3">
         <v>40</v>
       </c>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" t="s">
         <v>72</v>
       </c>
       <c r="B23" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="C23">
-        <v>41992</v>
+        <v>41977</v>
       </c>
       <c r="D23" s="3">
-        <v>3700</v>
-[...6 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
-      <c r="N23" s="3"/>
+      <c r="N23" s="3">
+        <v>39</v>
+      </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" t="s">
         <v>74</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>41957</v>
+        <v>41992</v>
       </c>
       <c r="D24" s="3">
-        <v>4455</v>
+        <v>3700</v>
       </c>
       <c r="E24" s="3">
-        <v>2337</v>
+        <v>959</v>
       </c>
       <c r="F24" s="3">
-        <v>1861</v>
-[...3 lines deleted...]
-      </c>
+        <v>2741</v>
+      </c>
+      <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" t="s">
+        <v>75</v>
+      </c>
+      <c r="B25" t="s">
         <v>76</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>41928</v>
+        <v>41957</v>
       </c>
       <c r="D25" s="3">
-        <v>791</v>
+        <v>4455</v>
       </c>
       <c r="E25" s="3">
-        <v>450</v>
+        <v>2337</v>
       </c>
       <c r="F25" s="3">
-        <v>321</v>
+        <v>1861</v>
       </c>
       <c r="G25" s="3">
-        <v>2</v>
+        <v>257</v>
       </c>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
-      <c r="J25" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" t="s">
         <v>77</v>
       </c>
       <c r="B26" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="C26">
-        <v>41803</v>
+        <v>41928</v>
       </c>
       <c r="D26" s="3">
-        <v>304782</v>
+        <v>791</v>
       </c>
       <c r="E26" s="3">
-        <v>304782</v>
-[...2 lines deleted...]
-      <c r="G26" s="3"/>
+        <v>450</v>
+      </c>
+      <c r="F26" s="3">
+        <v>321</v>
+      </c>
+      <c r="G26" s="3">
+        <v>2</v>
+      </c>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
-      <c r="J26" s="3"/>
+      <c r="J26" s="3">
+        <v>18</v>
+      </c>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" t="s">
         <v>79</v>
       </c>
+      <c r="C27">
+        <v>41803</v>
+      </c>
       <c r="D27" s="3">
-        <v>590152</v>
+        <v>304782</v>
       </c>
       <c r="E27" s="3">
-        <v>505434</v>
-[...27 lines deleted...]
-      </c>
+        <v>304782</v>
+      </c>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" t="s">
         <v>80</v>
       </c>
       <c r="D28" s="3">
-        <v>913972</v>
+        <v>590152</v>
       </c>
       <c r="E28" s="3">
-        <v>826259</v>
+        <v>505434</v>
       </c>
       <c r="F28" s="3">
-        <v>84606</v>
+        <v>81692</v>
       </c>
       <c r="G28" s="3">
-        <v>1701</v>
+        <v>1668</v>
       </c>
       <c r="H28" s="3">
         <v>334</v>
       </c>
       <c r="I28" s="3">
         <v>61</v>
       </c>
       <c r="J28" s="3">
         <v>666</v>
       </c>
       <c r="K28" s="3">
         <v>48</v>
       </c>
       <c r="L28" s="3">
         <v>37</v>
       </c>
       <c r="M28" s="3">
         <v>66</v>
       </c>
       <c r="N28" s="3">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="3">
+        <v>913972</v>
+      </c>
+      <c r="E29" s="3">
+        <v>826259</v>
+      </c>
+      <c r="F29" s="3">
+        <v>84606</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1701</v>
+      </c>
+      <c r="H29" s="3">
+        <v>334</v>
+      </c>
+      <c r="I29" s="3">
+        <v>61</v>
+      </c>
+      <c r="J29" s="3">
+        <v>666</v>
+      </c>
+      <c r="K29" s="3">
+        <v>48</v>
+      </c>
+      <c r="L29" s="3">
+        <v>37</v>
+      </c>
+      <c r="M29" s="3">
+        <v>66</v>
+      </c>
+      <c r="N29" s="3">
         <v>194</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>84</v>
       </c>
       <c r="B4" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>88</v>
       </c>
       <c r="B6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B7" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>91</v>
       </c>
       <c r="B8" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
@@ -1909,67 +1935,67 @@
       <c r="A21" t="s">
         <v>109</v>
       </c>
       <c r="B21" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="B24" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B26" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>116</v>
       </c>
       <c r="B27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>120</v>
       </c>