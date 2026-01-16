--- v0 (2025-12-19)
+++ v1 (2026-01-16)
@@ -196,50 +196,53 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>M2 Films (PL)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Ienaidnieks</t>
+  </si>
+  <si>
     <t>AU,CA,DE,ES,FR,GB,HK,IE,IT,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Düsman</t>
   </si>
   <si>
     <t>O anthropos antigrafo</t>
   </si>
   <si>
     <t>Priesas</t>
   </si>
   <si>
     <t>AR,CL,CO</t>
   </si>
   <si>
     <t>El hombre duplicado</t>
   </si>
   <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>Враг</t>
   </si>
   <si>
     <t>BR,PT</t>
@@ -266,53 +269,50 @@
     <t>Toinen minä</t>
   </si>
   <si>
     <t>Neprijatelj</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Ellenség</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Duplicated Man</t>
   </si>
   <si>
     <t>複製された男</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Priešas</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ienaidnieks</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Enemigos idénticos</t>
   </si>
   <si>
     <t>Wróg</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Inamicul</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Непријатељ</t>
   </si>
   <si>
     <t>Düşman</t>
   </si>
@@ -1307,162 +1307,162 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
         <v>60</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="B12" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B14" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>80</v>
+      </c>
+      <c r="B16" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>85</v>
       </c>
       <c r="B18" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>52</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>88</v>
       </c>