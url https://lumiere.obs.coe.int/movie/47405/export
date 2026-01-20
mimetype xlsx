--- v0 (2025-12-30)
+++ v1 (2026-01-20)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="107">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Fasandræberne</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Mikkel Nørgaard</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -329,50 +329,56 @@
     <t>Vânãtorii de oameni</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ubice fazana</t>
   </si>
   <si>
     <t>Fasanjägarna</t>
   </si>
   <si>
     <t>GB,GR</t>
   </si>
   <si>
     <t>The Absent One</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>The Absent One - Battuta di caccia</t>
   </si>
   <si>
     <t>Afdeling Q</t>
+  </si>
+  <si>
+    <t>Journal 64</t>
+  </si>
+  <si>
+    <t>Flaskepost fra P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1387,51 +1393,51 @@
         <v>199357</v>
       </c>
       <c r="G23" s="3">
         <v>1983</v>
       </c>
       <c r="H23" s="3">
         <v>372</v>
       </c>
       <c r="I23" s="3">
         <v>24</v>
       </c>
       <c r="J23" s="3">
         <v>115</v>
       </c>
       <c r="K23" s="3">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B31"/>
+  <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="41.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>65</v>
@@ -1637,50 +1643,60 @@
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>100</v>
       </c>
       <c r="B29" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>102</v>
       </c>
       <c r="B30" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="B31" t="s">
         <v>104</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2">
+      <c r="B32" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="33" spans="2:2">
+      <c r="B33" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>