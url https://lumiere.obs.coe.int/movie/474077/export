--- v0 (2025-11-15)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="129">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>A Quiet Place: Day One</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Michael Sarnoski</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -238,50 +238,53 @@
   <si>
     <t>Constantin Film</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Universal</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
     <t>SE</t>
   </si>
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>A Quiet Place - Giorno 1</t>
@@ -323,53 +326,50 @@
     <t>JP</t>
   </si>
   <si>
     <t>クワイエット・プレイス Day 1</t>
   </si>
   <si>
     <t>MX,US</t>
   </si>
   <si>
     <t>Un Lugar En Silencio: Día Uno</t>
   </si>
   <si>
     <t>Sessiz Bir Yer: Birinci Gün</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Un lugar en silencio: día uno</t>
   </si>
   <si>
     <t>A Quiet Place Part III</t>
   </si>
   <si>
     <t>Tiché miesto: Prvý deň</t>
-  </si>
-[...1 lines deleted...]
-    <t>RS</t>
   </si>
   <si>
     <t>Тихо место: Дан први</t>
   </si>
   <si>
     <t>Fără zgomot: Ziua 1</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Um Lugar Silencioso: Dia Um</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Ciche miejsce: Dzień pierwszy</t>
   </si>
   <si>
     <t>Tylos Zona. Pirmoji Diena</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -862,51 +862,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E36"/>
+  <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
@@ -1375,283 +1375,300 @@
         <v>91758</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>72</v>
       </c>
       <c r="B30" t="s">
         <v>73</v>
       </c>
       <c r="C30">
         <v>45471</v>
       </c>
       <c r="D30" s="3">
         <v>60104</v>
       </c>
       <c r="E30" s="3">
         <v>60104</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>74</v>
       </c>
       <c r="B31" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="C31">
-        <v>45471</v>
+        <v>45470</v>
       </c>
       <c r="D31" s="3">
-        <v>59179</v>
+        <v>11730</v>
       </c>
       <c r="E31" s="3">
-        <v>59179</v>
+        <v>11730</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" t="s">
         <v>76</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>45470</v>
+        <v>45471</v>
       </c>
       <c r="D32" s="3">
-        <v>6068</v>
+        <v>59179</v>
       </c>
       <c r="E32" s="3">
-        <v>6068</v>
+        <v>59179</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C33">
         <v>45470</v>
       </c>
       <c r="D33" s="3">
-        <v>33023</v>
+        <v>6068</v>
       </c>
       <c r="E33" s="3">
-        <v>33023</v>
+        <v>6068</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>79</v>
       </c>
       <c r="B34" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C34">
-        <v>45471</v>
+        <v>45470</v>
       </c>
       <c r="D34" s="3">
-        <v>128748</v>
+        <v>33023</v>
       </c>
       <c r="E34" s="3">
-        <v>128748</v>
+        <v>33023</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>80</v>
       </c>
+      <c r="B35" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35">
+        <v>45471</v>
+      </c>
       <c r="D35" s="3">
-        <v>3729675</v>
+        <v>128748</v>
       </c>
       <c r="E35" s="3">
-        <v>3729675</v>
+        <v>128748</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>81</v>
       </c>
       <c r="D36" s="3">
+        <v>3729675</v>
+      </c>
+      <c r="E36" s="3">
+        <v>3729675</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" s="3">
         <v>3927090</v>
       </c>
-      <c r="E36" s="3">
+      <c r="E37" s="3">
         <v>3927090</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>103</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>72</v>
       </c>
       <c r="B18" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>106</v>
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>108</v>
       </c>