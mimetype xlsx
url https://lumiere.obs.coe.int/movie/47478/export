--- v0 (2025-11-28)
+++ v1 (2026-01-09)
@@ -259,126 +259,126 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Yeni Kiz Arkadasim</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IE,US</t>
+  </si>
+  <si>
+    <t>The New Girlfriend</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Una nova amiga</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>彼は秘密の女ともだち</t>
+  </si>
+  <si>
+    <t>Yeni Kız Arkadaşım</t>
+  </si>
+  <si>
+    <t>Nauja draugė</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Uma Nova Amiga</t>
+  </si>
+  <si>
+    <t>Eine neue Freundin</t>
+  </si>
+  <si>
+    <t>Min nye veninde</t>
+  </si>
+  <si>
+    <t>Uus sõbranna</t>
+  </si>
+  <si>
+    <t>Una nueva amiga</t>
+  </si>
+  <si>
+    <t>Az új barátnő</t>
+  </si>
+  <si>
+    <t>Una nuova amica</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Una Nueva Amiga</t>
+  </si>
+  <si>
+    <t>Min nye venninne</t>
+  </si>
+  <si>
+    <t>Nowa dziewczyna</t>
+  </si>
+  <si>
+    <t>Noua iubita</t>
+  </si>
+  <si>
+    <t>RS,SI</t>
+  </si>
+  <si>
+    <t>Nova prijateljica</t>
+  </si>
+  <si>
+    <t>En ny flickvän</t>
+  </si>
+  <si>
     <t>Je suis femme</t>
-  </si>
-[...73 lines deleted...]
-    <t>En ny flickvän</t>
   </si>
   <si>
     <t>Η καινούρια φιλενάδα</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Новая подружка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1710,207 +1710,207 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
       <c r="B2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B4" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="B6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>90</v>
+      </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>91</v>
+        <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="B16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="B20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="B21" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:2">
-      <c r="A22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B22" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 