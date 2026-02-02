--- v0 (2025-12-08)
+++ v1 (2026-02-02)
@@ -109,60 +109,60 @@
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>UFO Distribution</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GB,US</t>
+  </si>
+  <si>
     <t>ES</t>
   </si>
   <si>
     <t>Camaradas</t>
   </si>
   <si>
     <t>Camarades</t>
-  </si>
-[...1 lines deleted...]
-    <t>GB,US</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Comrades - Uomini liberi</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Towarzysze</t>
   </si>
   <si>
     <t>Товарищи</t>
   </si>
   <si>
     <t>Rebellion der Rechtlosen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -742,67 +742,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">